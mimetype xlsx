--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -12,137 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>DISPENSA nº 12/2025</t>
+  </si>
+  <si>
+    <t>12/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para execução...</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>115.698,85</t>
+  </si>
+  <si>
     <t>DISPENSA nº 012/2025</t>
   </si>
   <si>
     <t>012/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...1 lines deleted...]
-  <si>
     <t>Menor Preço Por Item</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para execução...</t>
-[...1 lines deleted...]
-  <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>Em Andamento</t>
   </si>
   <si>
     <t>124.154,77</t>
   </si>
   <si>
     <t>DISPENSA nº 010/2025</t>
   </si>
   <si>
     <t>010/2025</t>
   </si>
   <si>
     <t>Menor Preço por Item</t>
   </si>
   <si>
     <t>Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>22/04/2025</t>
   </si>
   <si>
     <t>24.352,00</t>
   </si>
   <si>
     <t>DISPENSA nº 006/2023</t>
   </si>
   <si>
     <t>006/2023</t>
   </si>
   <si>
-    <t>Menor Preço</t>
-[...1 lines deleted...]
-  <si>
     <t>Fornecimento de Gêneros Alimentícios para atender...</t>
   </si>
   <si>
     <t>22/06/2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>Concluída</t>
   </si>
   <si>
     <t>15.197,40</t>
   </si>
   <si>
     <t>DISPENSA nº 005/2023</t>
   </si>
   <si>
     <t>005/2023</t>
   </si>
   <si>
     <t>Constitui o objeto deste contrato a contratação de...</t>
   </si>
   <si>
     <t>23/05/2023</t>
   </si>
   <si>
     <t>16.500,00</t>
   </si>
   <si>
     <t>DISPENSA nº 004/2023</t>
   </si>
   <si>
     <t>004/2023</t>
   </si>
@@ -736,839 +748,868 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I27"/>
+  <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I27" sqref="I27"/>
+      <selection activeCell="I28" sqref="I28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>26</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
         <v>45</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>46</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="G8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H8" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>51</v>
       </c>
       <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
         <v>55</v>
       </c>
-      <c r="D10" t="s">
+      <c r="G10" t="s">
         <v>56</v>
       </c>
-      <c r="E10" t="s">
-[...2 lines deleted...]
-      <c r="F10" t="s">
+      <c r="H10" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
         <v>60</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
         <v>61</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>62</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="H13" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="s">
         <v>73</v>
       </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G14" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="H14" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="H15" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G16" t="s">
         <v>81</v>
       </c>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
       <c r="C17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G17" t="s">
         <v>85</v>
       </c>
       <c r="H17" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G18" t="s">
         <v>89</v>
       </c>
       <c r="H18" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>91</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>92</v>
       </c>
       <c r="G19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H19" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>48</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B20" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D20" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="H20" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>97</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G21" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H21" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B22" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
         <v>99</v>
       </c>
-      <c r="C22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H22" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B23" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D23" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E23" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G23" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H23" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>80</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E24" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
+        <v>99</v>
+      </c>
+      <c r="G24" t="s">
+        <v>89</v>
+      </c>
+      <c r="H24" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B25" t="s">
+        <v>107</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
         <v>109</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
         <v>110</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="G25" t="s">
         <v>111</v>
       </c>
-      <c r="F25" t="s">
+      <c r="H25" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>115</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
         <v>116</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>117</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
+        <v>21</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
+        <v>2</v>
+      </c>
+      <c r="B27" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>109</v>
+      </c>
+      <c r="F27" t="s">
+        <v>121</v>
+      </c>
+      <c r="G27" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28">
         <v>1</v>
       </c>
-      <c r="B27" t="s">
-[...20 lines deleted...]
-      <c r="I27" s="1" t="s">
+      <c r="B28" t="s">
         <v>124</v>
+      </c>
+      <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>126</v>
+      </c>
+      <c r="G28" t="s">
+        <v>127</v>
+      </c>
+      <c r="H28" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">